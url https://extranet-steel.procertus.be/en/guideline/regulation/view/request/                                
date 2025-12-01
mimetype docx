--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -13,1067 +13,1030 @@
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="57FDCC76" w14:textId="30ED2B79" w:rsidR="004C6367" w:rsidRPr="001C25F2" w:rsidRDefault="007F3E93" w:rsidP="007F3E93">
       <w:pPr>
         <w:pStyle w:val="Titel"/>
       </w:pPr>
       <w:r w:rsidRPr="001C25F2">
         <w:t xml:space="preserve">certification </w:t>
       </w:r>
       <w:r w:rsidR="008F2EC9">
         <w:t>request</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable1Light-Accent5"/>
         <w:tblW w:w="9482" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2395"/>
         <w:gridCol w:w="7087"/>
       </w:tblGrid>
       <w:tr w:rsidR="008706F1" w:rsidRPr="001C25F2" w14:paraId="2BB85F75" w14:textId="77777777" w:rsidTr="00981CF2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="483FFCE1" w14:textId="77777777" w:rsidR="008F2EC9" w:rsidRDefault="008706F1" w:rsidP="00981CF2">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C25F2">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Certificate</w:t>
             </w:r>
             <w:r w:rsidR="008F2EC9">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> number</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="683C476C" w14:textId="59D51136" w:rsidR="008706F1" w:rsidRPr="001C25F2" w:rsidRDefault="008F2EC9" w:rsidP="008F2EC9">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
             </w:pPr>
             <w:r>
               <w:t>(if available)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="159979544"/>
             <w:placeholder>
               <w:docPart w:val="AAE5ACB68E7041A6B572C7B3E954C57B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text/>
           </w:sdtPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7087" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
-              <w:p w14:paraId="470F2983" w14:textId="7C502FEB" w:rsidR="008706F1" w:rsidRPr="001C25F2" w:rsidRDefault="00E426D6" w:rsidP="00981CF2">
+              <w:p w14:paraId="470F2983" w14:textId="223C081C" w:rsidR="008706F1" w:rsidRPr="001C25F2" w:rsidRDefault="006410BC" w:rsidP="00981CF2">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
-                <w:r w:rsidRPr="000F3D11">
+                <w:r w:rsidRPr="006410BC">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="25CDBD61" w14:textId="77777777" w:rsidR="004A6F7A" w:rsidRPr="001C25F2" w:rsidRDefault="004A6F7A" w:rsidP="004A6F7A">
       <w:pPr>
         <w:pStyle w:val="Standaard"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="ListTable1Light-Accent5"/>
         <w:tblW w:w="9482" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2112"/>
         <w:gridCol w:w="7370"/>
       </w:tblGrid>
       <w:tr w:rsidR="00054EE1" w:rsidRPr="001C25F2" w14:paraId="7868A134" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9482" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7054986E" w14:textId="5861C4D8" w:rsidR="00054EE1" w:rsidRPr="001C25F2" w:rsidRDefault="00054EE1" w:rsidP="00054EE1">
             <w:pPr>
               <w:pStyle w:val="Hoofdstuk"/>
             </w:pPr>
             <w:r w:rsidRPr="001C25F2">
               <w:t>General information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00403DAA" w:rsidRPr="001C25F2" w14:paraId="651195D0" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3061F33A" w14:textId="3263CBB2" w:rsidR="00403DAA" w:rsidRPr="001C25F2" w:rsidRDefault="008F2EC9" w:rsidP="00403DAA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Company</w:t>
             </w:r>
             <w:r w:rsidR="00380EC6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-174652624"/>
             <w:placeholder>
               <w:docPart w:val="07B57C622F2548728F403D90581BE2B5"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="61892306" w14:textId="5D626259" w:rsidR="00403DAA" w:rsidRPr="001C25F2" w:rsidRDefault="00624F72" w:rsidP="00403DAA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w14:paraId="1116408B" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12D5A11B" w14:textId="7B257E85" w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w:rsidRDefault="008F2EC9" w:rsidP="009571B7">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1154445442"/>
             <w:placeholder>
               <w:docPart w:val="AA368AD5BBD640F9821AB6336CFB7A07"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="289256BC" w14:textId="1958B878" w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w:rsidRDefault="000F6768" w:rsidP="009571B7">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w14:paraId="30675F79" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2014CD10" w14:textId="0800EFE8" w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w:rsidRDefault="008F2EC9" w:rsidP="009571B7">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>VAT Number</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1906136902"/>
             <w:placeholder>
               <w:docPart w:val="D0F4E7141C85414A8BC92E89F100B1BE"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="590BAFE2" w14:textId="5A68238F" w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w:rsidRDefault="000F6768" w:rsidP="009571B7">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w14:paraId="2747F2A5" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42505E0D" w14:textId="2850745C" w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w:rsidRDefault="008F2EC9" w:rsidP="009571B7">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1617553834"/>
             <w:placeholder>
               <w:docPart w:val="5FFD9E3856FF452791B267AA97B21C13"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="2034DE7C" w14:textId="55695088" w:rsidR="008F2EC9" w:rsidRPr="001C25F2" w:rsidRDefault="000F6768" w:rsidP="009571B7">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00380EC6" w:rsidRPr="00380EC6" w14:paraId="4F044CF6" w14:textId="77777777" w:rsidTr="00380EC6">
         <w:trPr>
           <w:trHeight w:val="225"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9482" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3FC04AD9" w14:textId="0D0EB3FD" w:rsidR="00380EC6" w:rsidRPr="00380EC6" w:rsidRDefault="00380EC6" w:rsidP="00380EC6">
             <w:pPr>
               <w:pStyle w:val="Subtitel"/>
             </w:pPr>
             <w:r w:rsidRPr="00380EC6">
               <w:t>Certification contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B97961" w:rsidRPr="001C25F2" w14:paraId="2B5C7A63" w14:textId="77777777" w:rsidTr="005775FA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="199DE9C0" w14:textId="759774B9" w:rsidR="00B97961" w:rsidRPr="001C25F2" w:rsidRDefault="00380EC6" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
             <w:r w:rsidR="00B61FAD">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> and function</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="958298748"/>
             <w:placeholder>
               <w:docPart w:val="8B1D0C4616E448EDB404233DC366D1FA"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="5A1D268B" w14:textId="77777777" w:rsidR="00B97961" w:rsidRPr="001C25F2" w:rsidRDefault="00B97961" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B97961" w:rsidRPr="001C25F2" w14:paraId="1D40B403" w14:textId="77777777" w:rsidTr="005775FA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="15D00448" w14:textId="16705D76" w:rsidR="00B97961" w:rsidRDefault="00B97961" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="845128840"/>
             <w:placeholder>
               <w:docPart w:val="B71011F29EE748AA8D6F3871667E79E0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6840E93D" w14:textId="77777777" w:rsidR="00B97961" w:rsidRDefault="00B97961" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B97961" w:rsidRPr="001C25F2" w14:paraId="2D7388A1" w14:textId="77777777" w:rsidTr="005775FA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="56468B50" w14:textId="71D8CF5D" w:rsidR="00B97961" w:rsidRPr="001C25F2" w:rsidRDefault="00B97961" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Phone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-455410690"/>
             <w:placeholder>
               <w:docPart w:val="7168AC24BF14472DAAA735AF2774BA79"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6B5B6D0D" w14:textId="77777777" w:rsidR="00B97961" w:rsidRPr="001C25F2" w:rsidRDefault="00B97961" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w14:paraId="7AE5A997" w14:textId="77777777" w:rsidTr="005775FA">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9482" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="54D14234" w14:textId="77D07C0B" w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w:rsidRDefault="006F6FE2" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="Hoofdstuk"/>
             </w:pPr>
             <w:r>
               <w:t>production entity / distribution center</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w14:paraId="1708BA87" w14:textId="77777777" w:rsidTr="005775FA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="57A80ADA" w14:textId="4F1E07F6" w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w:rsidRDefault="00B97961" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Entity</w:t>
             </w:r>
             <w:r w:rsidR="00380EC6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1833518394"/>
             <w:placeholder>
               <w:docPart w:val="EBA30B37F97B4B9C8FE4DB15ED2AFFA0"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="64B536EB" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w:rsidRDefault="006F6FE2" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w14:paraId="75C02645" w14:textId="77777777" w:rsidTr="005775FA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="44E888C3" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w:rsidRDefault="006F6FE2" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1673485181"/>
             <w:placeholder>
               <w:docPart w:val="26071876507044BFB1FE3CAB20997773"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="27D371C4" w14:textId="77777777" w:rsidR="006F6FE2" w:rsidRPr="001C25F2" w:rsidRDefault="006F6FE2" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w14:paraId="5B8AA050" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9482" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5CD7BD6B" w14:textId="18BF6F79" w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w:rsidRDefault="001C0BDF" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="Hoofdstuk"/>
             </w:pPr>
             <w:r>
               <w:t>FINANCIAL</w:t>
             </w:r>
             <w:r w:rsidRPr="001C25F2">
               <w:t xml:space="preserve"> information</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w14:paraId="4BCA587B" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="741E55B0" w14:textId="24807FA2" w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w:rsidRDefault="001C0BDF" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Invoice a</w:t>
-[...5 lines deleted...]
-              <w:t>ddress</w:t>
+              <w:t>Invoice address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1598912139"/>
             <w:placeholder>
               <w:docPart w:val="75330906C5744D3EA896FD5AD2088F8C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="4ACA3E71" w14:textId="77777777" w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w:rsidRDefault="001C0BDF" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="00B97961" w:rsidRPr="001C25F2" w14:paraId="79CE47CC" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72C24BCE" w14:textId="1DF114A1" w:rsidR="00B97961" w:rsidRDefault="00B97961" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Name </w:t>
             </w:r>
             <w:r w:rsidR="00380EC6">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>contact</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-956558146"/>
             <w:placeholder>
               <w:docPart w:val="FB57CA83064C4139B5F00A9571C50904"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="22E301F1" w14:textId="7F5F6812" w:rsidR="00B97961" w:rsidRDefault="00B97961" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w14:paraId="3AD70002" w14:textId="77777777" w:rsidTr="006F6FE2">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2112" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CB141F3" w14:textId="64C81039" w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w:rsidRDefault="001C0BDF" w:rsidP="005775FA">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001C0BDF">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>E-mail</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> invoicing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="285395564"/>
             <w:placeholder>
               <w:docPart w:val="78DD830B2B4B429784475E54319C344B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7370" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="273BC3E5" w14:textId="77777777" w:rsidR="001C0BDF" w:rsidRPr="001C25F2" w:rsidRDefault="001C0BDF" w:rsidP="005775FA">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2503725C" w14:textId="7AEC30C0" w:rsidR="004A6F7A" w:rsidRDefault="004A6F7A" w:rsidP="00CC0800">
       <w:pPr>
         <w:pStyle w:val="Standaard"/>
@@ -1087,473 +1050,462 @@
         <w:tblStyle w:val="ListTable1Light-Accent5"/>
         <w:tblW w:w="9482" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:left w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:bottom w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:right w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
         </w:tblBorders>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1548"/>
         <w:gridCol w:w="989"/>
         <w:gridCol w:w="6945"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AD20FE" w:rsidRPr="001C25F2" w14:paraId="796C13C8" w14:textId="77777777" w:rsidTr="009571B7">
         <w:trPr>
           <w:trHeight w:val="113"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9482" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="05C88A3E" w14:textId="4F20460D" w:rsidR="00AD20FE" w:rsidRPr="001C25F2" w:rsidRDefault="00AD20FE" w:rsidP="009571B7">
             <w:pPr>
               <w:pStyle w:val="Hoofdstuk"/>
             </w:pPr>
             <w:r>
               <w:t>application for</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047459E" w:rsidRPr="001C25F2" w14:paraId="49380F46" w14:textId="75307786" w:rsidTr="0047459E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C6FF423" w14:textId="4961E64C" w:rsidR="0047459E" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Scheme 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2DF5C94B" w14:textId="3FA0D3EB" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
             </w:pPr>
             <w:r>
               <w:t>Domain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6945" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F663FEC" w14:textId="5E6C88F5" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="00000000" w:rsidP="000F6768">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-815030309"/>
                 <w:placeholder>
                   <w:docPart w:val="D33A2A0E208A4B6A809FCC7AB075E3E1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:comboBox>
                   <w:listItem w:displayText="BENOR - Producer coils and bars" w:value="BENOR - Producer coils and bars"/>
                   <w:listItem w:displayText="BENOR - Prestressing steel" w:value="BENOR - Prestressing steel"/>
                   <w:listItem w:displayText="BENOR - Distributor" w:value="BENOR - Distributor"/>
                   <w:listItem w:displayText="BENOR - Welded fabric" w:value="BENOR - Welded fabric"/>
                   <w:listItem w:displayText="BENOR - Flat panel" w:value="BENOR - Flat panel"/>
                   <w:listItem w:displayText="BENOR - Lattice girders" w:value="BENOR - Lattice girders"/>
                   <w:listItem w:displayText="BENOR - Processor" w:value="BENOR - Processor"/>
                   <w:listItem w:displayText="BENOR - Mechanical connections reinforcements" w:value="BENOR - Mechanical connections reinforcements"/>
+                  <w:listItem w:displayText="BENOR - Vertical road signs" w:value="BENOR - Vertical road signs"/>
                   <w:listItem w:displayText="CE - Execution of steel structures" w:value="CE - Execution of steel structures"/>
                   <w:listItem w:displayText="CE - Fixed vertical road signs" w:value="CE - Fixed vertical road signs"/>
                   <w:listItem w:displayText="CE - Lighting columns" w:value="CE - Lighting columns"/>
                   <w:listItem w:displayText="CE - Hot rolled products of structural steel" w:value="CE - Hot rolled products of structural steel"/>
                   <w:listItem w:displayText="CE - Stainless steel" w:value="CE - Stainless steel"/>
                 </w:comboBox>
               </w:sdtPr>
               <w:sdtEndPr>
                 <w:rPr>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
               </w:sdtEndPr>
               <w:sdtContent>
                 <w:r w:rsidR="002373FB" w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                                                                                                                  </w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0047459E">
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0047459E" w:rsidRPr="004D2A24" w14:paraId="27032EDE" w14:textId="77777777" w:rsidTr="00655B04">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="791948E9" w14:textId="77777777" w:rsidR="0047459E" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Description:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6E0FD22E" w14:textId="69B16941" w:rsidR="0047459E" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>(diameters, steel quality)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-1121604453"/>
             <w:placeholder>
               <w:docPart w:val="4E3841A0B7C04FBBAF6AB165AAF9C9B3"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7934" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6FFF0F84" w14:textId="4549D2A6" w:rsidR="0047459E" w:rsidRPr="004D2A24" w:rsidRDefault="000F6768" w:rsidP="0047459E">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="nl-BE"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0047459E" w:rsidRPr="001C25F2" w14:paraId="41B1FD06" w14:textId="77777777" w:rsidTr="0047459E">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D943F6C" w14:textId="45DA7B6D" w:rsidR="0047459E" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Scheme 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="989" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="66643AAC" w14:textId="4F95C484" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Domain:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1534308758"/>
             <w:placeholder>
               <w:docPart w:val="2DE2CEACD10F4071A141E8AA38CCB50C"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:comboBox>
               <w:listItem w:displayText="BENOR - Producer coils and bars" w:value="BENOR - Producer coils and bars"/>
               <w:listItem w:displayText="BENOR - Prestressing steel" w:value="BENOR - Prestressing steel"/>
               <w:listItem w:displayText="BENOR - Distributor" w:value="BENOR - Distributor"/>
               <w:listItem w:displayText="BENOR - Welded fabric" w:value="BENOR - Welded fabric"/>
               <w:listItem w:displayText="BENOR - Flat panel" w:value="BENOR - Flat panel"/>
               <w:listItem w:displayText="BENOR - Lattice girders" w:value="BENOR - Lattice girders"/>
               <w:listItem w:displayText="BENOR - Processor" w:value="BENOR - Processor"/>
               <w:listItem w:displayText="BENOR - Mechanical connections reinforcements" w:value="BENOR - Mechanical connections reinforcements"/>
+              <w:listItem w:displayText="BENOR - Vertical road signs" w:value="BENOR - Vertical road signs"/>
               <w:listItem w:displayText="CE - Execution of steel structures" w:value="CE - Execution of steel structures"/>
               <w:listItem w:displayText="CE - Fixed vertical road signs" w:value="CE - Fixed vertical road signs"/>
               <w:listItem w:displayText="CE - Lighting columns" w:value="CE - Lighting columns"/>
               <w:listItem w:displayText="CE - Hot rolled products of structural steel" w:value="CE - Hot rolled products of structural steel"/>
               <w:listItem w:displayText="CE - Stainless steel" w:value="CE - Stainless steel"/>
             </w:comboBox>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:rStyle w:val="FootnoteReference"/>
               <w:color w:val="666666"/>
               <w:vertAlign w:val="superscript"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="6945" w:type="dxa"/>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="6B51F1B1" w14:textId="6C8706C0" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="000F6768" w:rsidP="000F6768">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">                                                                                                                                  </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0047459E" w:rsidRPr="001C25F2" w14:paraId="4114B12B" w14:textId="77777777" w:rsidTr="00442CA4">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2C804111" w14:textId="77777777" w:rsidR="0047459E" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
               <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
               <w:t>Description:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="76BB18CF" w14:textId="4F4CF24E" w:rsidR="0047459E" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="Standaard"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>(diameters, steel quality)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="1038171840"/>
             <w:placeholder>
               <w:docPart w:val="123A7E39309946A1A0C43314A00A4D73"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7934" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:bottom w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="02B3A6DA" w14:textId="5EE5898C" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="000F6768" w:rsidP="0047459E">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="0047459E" w:rsidRPr="001C25F2" w14:paraId="36DD809B" w14:textId="77777777" w:rsidTr="00403DAA">
         <w:trPr>
           <w:trHeight w:val="397"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1548" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7B795782" w14:textId="6EF91AE9" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="0047459E" w:rsidP="0047459E">
             <w:pPr>
               <w:pStyle w:val="STANDAARDbold"/>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>General information</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:id w:val="-2004268125"/>
             <w:placeholder>
               <w:docPart w:val="F73D15FCE81344DD9A92643F4E4C3840"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:text w:multiLine="1"/>
           </w:sdtPr>
           <w:sdtEndPr>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:sdtEndPr>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="7934" w:type="dxa"/>
                 <w:gridSpan w:val="2"/>
                 <w:tcBorders>
                   <w:top w:val="single" w:sz="4" w:space="0" w:color="076293" w:themeColor="text1"/>
                   <w:bottom w:val="single" w:sz="12" w:space="0" w:color="076293" w:themeColor="text1"/>
                 </w:tcBorders>
-                <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 <w:vAlign w:val="center"/>
               </w:tcPr>
               <w:p w14:paraId="791F0A5D" w14:textId="482ED403" w:rsidR="0047459E" w:rsidRPr="001C25F2" w:rsidRDefault="000F6768" w:rsidP="0047459E">
                 <w:pPr>
                   <w:pStyle w:val="Standaard"/>
                   <w:rPr>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="000F3D11">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t xml:space="preserve">             </w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2048F6DC" w14:textId="302096AC" w:rsidR="00AD20FE" w:rsidRDefault="00E606A7" w:rsidP="00CC0800">
       <w:pPr>
         <w:pStyle w:val="Standaard"/>
@@ -1731,142 +1683,143 @@
     </w:p>
     <w:p w14:paraId="54E0D7B4" w14:textId="4371E8FB" w:rsidR="00E606A7" w:rsidRPr="00E606A7" w:rsidRDefault="00E606A7" w:rsidP="00E606A7">
       <w:pPr>
         <w:pStyle w:val="Standaard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Signature</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E606A7" w:rsidRPr="00E606A7" w:rsidSect="00E32B4E">
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="567" w:left="1134" w:header="567" w:footer="628" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="245"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0AF6A44A" w14:textId="77777777" w:rsidR="009C051A" w:rsidRPr="008F0642" w:rsidRDefault="009C051A">
+    <w:p w14:paraId="61D1A385" w14:textId="77777777" w:rsidR="009A072B" w:rsidRPr="008F0642" w:rsidRDefault="009A072B">
       <w:r w:rsidRPr="008F0642">
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33095598" w14:textId="77777777" w:rsidR="009C051A" w:rsidRDefault="009C051A"/>
+    <w:p w14:paraId="427B0A8B" w14:textId="77777777" w:rsidR="009A072B" w:rsidRDefault="009A072B"/>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1F4F29E7" w14:textId="77777777" w:rsidR="009C051A" w:rsidRPr="008F0642" w:rsidRDefault="009C051A">
+    <w:p w14:paraId="776E4AA8" w14:textId="77777777" w:rsidR="009A072B" w:rsidRPr="008F0642" w:rsidRDefault="009A072B">
       <w:r w:rsidRPr="008F0642">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B074BAD" w14:textId="77777777" w:rsidR="009C051A" w:rsidRDefault="009C051A"/>
+    <w:p w14:paraId="5D331633" w14:textId="77777777" w:rsidR="009A072B" w:rsidRDefault="009A072B"/>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="661F4C1F" w14:textId="77777777" w:rsidR="009C051A" w:rsidRDefault="009C051A">
+    <w:p w14:paraId="4E8346D0" w14:textId="77777777" w:rsidR="009A072B" w:rsidRDefault="009A072B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1877,51 +1830,51 @@
   <w:font w:name="Consolas">
     <w:panose1 w:val="020B0609020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="735B5C0E" w14:textId="77777777" w:rsidR="005C34BF" w:rsidRPr="00336D0D" w:rsidRDefault="005C34BF" w:rsidP="005C34BF">
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:p>
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="076293"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
@@ -1989,105 +1942,105 @@
           <w:r>
             <w:t>5</w:t>
           </w:r>
           <w:r w:rsidRPr="008F0642">
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="339D0E47" w14:textId="77777777" w:rsidR="005C34BF" w:rsidRPr="005727D0" w:rsidRDefault="005C34BF" w:rsidP="005C34BF">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="1694"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="571A3823" w14:textId="77777777" w:rsidR="009C051A" w:rsidRPr="008F0642" w:rsidRDefault="009C051A">
+    <w:p w14:paraId="20CACAF2" w14:textId="77777777" w:rsidR="009A072B" w:rsidRPr="008F0642" w:rsidRDefault="009A072B">
       <w:r w:rsidRPr="008F0642">
         <w:separator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23E86E62" w14:textId="77777777" w:rsidR="009C051A" w:rsidRDefault="009C051A"/>
+    <w:p w14:paraId="1ED86588" w14:textId="77777777" w:rsidR="009A072B" w:rsidRDefault="009A072B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6465C389" w14:textId="77777777" w:rsidR="009C051A" w:rsidRPr="008F0642" w:rsidRDefault="009C051A">
+    <w:p w14:paraId="35DC92AE" w14:textId="77777777" w:rsidR="009A072B" w:rsidRPr="008F0642" w:rsidRDefault="009A072B">
       <w:r w:rsidRPr="008F0642">
         <w:continuationSeparator/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F0B487F" w14:textId="77777777" w:rsidR="009C051A" w:rsidRDefault="009C051A"/>
+    <w:p w14:paraId="69F3DB79" w14:textId="77777777" w:rsidR="009A072B" w:rsidRDefault="009A072B"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2922DC2E" w14:textId="77777777" w:rsidR="009C051A" w:rsidRDefault="009C051A">
+    <w:p w14:paraId="3240E751" w14:textId="77777777" w:rsidR="009A072B" w:rsidRDefault="009A072B">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="10490" w:type="dxa"/>
       <w:tblInd w:w="-572" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5103"/>
       <w:gridCol w:w="4253"/>
       <w:gridCol w:w="1134"/>
     </w:tblGrid>
-    <w:tr w:rsidR="005C34BF" w14:paraId="2B09F3D8" w14:textId="77777777" w:rsidTr="009571B7">
+    <w:tr w:rsidR="005C34BF" w14:paraId="2B09F3D8" w14:textId="77777777" w:rsidTr="006410BC">
       <w:trPr>
         <w:cantSplit/>
         <w:trHeight w:val="559"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5103" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="2A30B585" w14:textId="77777777" w:rsidR="005C34BF" w:rsidRDefault="005C34BF" w:rsidP="005C34BF">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="left"/>
           </w:pPr>
           <w:r w:rsidRPr="008F0642">
             <w:rPr>
               <w:noProof/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1BF3C616" wp14:editId="72030A8A">
                 <wp:extent cx="2916000" cy="612000"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="442318916" name="Picture 2" descr="A blue and green logo&#10;&#10;Description automatically generated"/>
                 <wp:cNvGraphicFramePr>
@@ -2114,88 +2067,90 @@
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2916000" cy="612000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4253" w:type="dxa"/>
-          <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="29B084A9" w14:textId="77777777" w:rsidR="005C34BF" w:rsidRDefault="005C34BF" w:rsidP="005C34BF">
+        <w:p w14:paraId="29B084A9" w14:textId="5E9493CB" w:rsidR="005C34BF" w:rsidRDefault="006410BC" w:rsidP="006410BC">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
           </w:pPr>
+          <w:r>
+            <w:t>Entity Number:</w:t>
+          </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1134" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
         <w:p w14:paraId="73DE1CF6" w14:textId="77777777" w:rsidR="005C34BF" w:rsidRDefault="005C34BF" w:rsidP="005C34BF">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:spacing w:after="0"/>
             <w:jc w:val="right"/>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="37DC5D4B" w14:textId="77777777" w:rsidR="005C34BF" w:rsidRPr="005727D0" w:rsidRDefault="005C34BF" w:rsidP="005C34BF">
     <w:pPr>
       <w:rPr>
         <w:sz w:val="4"/>
         <w:szCs w:val="6"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="06A348E2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="5C14FA8A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="HOOFDSTUKmetnummering"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="fr-BE"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="HOOFDSTUK2metnummering"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -8538,52 +8493,52 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:numIdMacAtCleanup w:val="43"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="134"/>
   <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:linkStyles/>
   <w:stylePaneFormatFilter w:val="3001" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:formatting="1" w:enforcement="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:doNotHyphenateCaps/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
@@ -8604,52 +8559,54 @@
     <w:rsid w:val="00021D42"/>
     <w:rsid w:val="000308E6"/>
     <w:rsid w:val="00051BB0"/>
     <w:rsid w:val="00054EE1"/>
     <w:rsid w:val="00064308"/>
     <w:rsid w:val="000701B8"/>
     <w:rsid w:val="00070DDC"/>
     <w:rsid w:val="00073AB4"/>
     <w:rsid w:val="0007654B"/>
     <w:rsid w:val="000810F8"/>
     <w:rsid w:val="00095A33"/>
     <w:rsid w:val="00097257"/>
     <w:rsid w:val="00097558"/>
     <w:rsid w:val="000D22E1"/>
     <w:rsid w:val="000D3EDD"/>
     <w:rsid w:val="000E1FA9"/>
     <w:rsid w:val="000F3D11"/>
     <w:rsid w:val="000F6768"/>
     <w:rsid w:val="001036B8"/>
     <w:rsid w:val="00124E77"/>
     <w:rsid w:val="00131F50"/>
     <w:rsid w:val="00132F95"/>
     <w:rsid w:val="001346D5"/>
     <w:rsid w:val="00141E00"/>
     <w:rsid w:val="001523A7"/>
+    <w:rsid w:val="00154E0A"/>
     <w:rsid w:val="001720CB"/>
     <w:rsid w:val="001721C6"/>
+    <w:rsid w:val="00173DE5"/>
     <w:rsid w:val="00183019"/>
     <w:rsid w:val="00184F0D"/>
     <w:rsid w:val="0019750E"/>
     <w:rsid w:val="00197E10"/>
     <w:rsid w:val="001A0C38"/>
     <w:rsid w:val="001B1428"/>
     <w:rsid w:val="001B44C1"/>
     <w:rsid w:val="001C0BDF"/>
     <w:rsid w:val="001C25F2"/>
     <w:rsid w:val="001E076B"/>
     <w:rsid w:val="001E6F4C"/>
     <w:rsid w:val="001F3431"/>
     <w:rsid w:val="001F3C67"/>
     <w:rsid w:val="00202FC3"/>
     <w:rsid w:val="00204A4F"/>
     <w:rsid w:val="0021129A"/>
     <w:rsid w:val="0022539F"/>
     <w:rsid w:val="00226193"/>
     <w:rsid w:val="00236B7E"/>
     <w:rsid w:val="002373FB"/>
     <w:rsid w:val="00257B67"/>
     <w:rsid w:val="0026072C"/>
     <w:rsid w:val="00263798"/>
     <w:rsid w:val="00265CC5"/>
     <w:rsid w:val="00276BBE"/>
@@ -8662,182 +8619,194 @@
     <w:rsid w:val="002D30D5"/>
     <w:rsid w:val="002F301E"/>
     <w:rsid w:val="00301A8D"/>
     <w:rsid w:val="00334334"/>
     <w:rsid w:val="00336D0D"/>
     <w:rsid w:val="0034761E"/>
     <w:rsid w:val="00350483"/>
     <w:rsid w:val="0035301A"/>
     <w:rsid w:val="0035712E"/>
     <w:rsid w:val="0036244D"/>
     <w:rsid w:val="0037342D"/>
     <w:rsid w:val="003755AB"/>
     <w:rsid w:val="00380EC6"/>
     <w:rsid w:val="0038409C"/>
     <w:rsid w:val="003918F5"/>
     <w:rsid w:val="00395C8E"/>
     <w:rsid w:val="003B5A5D"/>
     <w:rsid w:val="003C1354"/>
     <w:rsid w:val="004005E9"/>
     <w:rsid w:val="00403DAA"/>
     <w:rsid w:val="00414B5A"/>
     <w:rsid w:val="00415303"/>
     <w:rsid w:val="00415B6C"/>
     <w:rsid w:val="00423F7B"/>
     <w:rsid w:val="00433CBE"/>
+    <w:rsid w:val="004372B5"/>
     <w:rsid w:val="00442081"/>
     <w:rsid w:val="00442CA4"/>
     <w:rsid w:val="00445AA4"/>
     <w:rsid w:val="00450EAB"/>
     <w:rsid w:val="00453627"/>
     <w:rsid w:val="00474462"/>
     <w:rsid w:val="0047459E"/>
     <w:rsid w:val="004954A7"/>
     <w:rsid w:val="004A67AF"/>
     <w:rsid w:val="004A6F7A"/>
     <w:rsid w:val="004C6367"/>
     <w:rsid w:val="004C6B24"/>
     <w:rsid w:val="004D2A24"/>
     <w:rsid w:val="004D3DF1"/>
     <w:rsid w:val="004E032D"/>
     <w:rsid w:val="004E2789"/>
     <w:rsid w:val="004E742F"/>
     <w:rsid w:val="00516F68"/>
     <w:rsid w:val="005505BC"/>
     <w:rsid w:val="00551121"/>
     <w:rsid w:val="00553D90"/>
     <w:rsid w:val="00557E23"/>
     <w:rsid w:val="00571686"/>
     <w:rsid w:val="005727D0"/>
     <w:rsid w:val="00582D78"/>
     <w:rsid w:val="00583A2A"/>
     <w:rsid w:val="005950AB"/>
     <w:rsid w:val="005966D0"/>
     <w:rsid w:val="005A2363"/>
     <w:rsid w:val="005A5CDB"/>
     <w:rsid w:val="005B244C"/>
     <w:rsid w:val="005B5D0F"/>
     <w:rsid w:val="005C34BF"/>
     <w:rsid w:val="005D5CDF"/>
     <w:rsid w:val="005F2B94"/>
     <w:rsid w:val="005F463F"/>
     <w:rsid w:val="005F79A9"/>
     <w:rsid w:val="00611E4B"/>
     <w:rsid w:val="0061221C"/>
     <w:rsid w:val="00624F72"/>
     <w:rsid w:val="0062624D"/>
     <w:rsid w:val="0062789E"/>
     <w:rsid w:val="00635F79"/>
+    <w:rsid w:val="006410BC"/>
     <w:rsid w:val="00646C2A"/>
     <w:rsid w:val="006652D8"/>
     <w:rsid w:val="0068106B"/>
     <w:rsid w:val="006840E8"/>
     <w:rsid w:val="006900F9"/>
+    <w:rsid w:val="00693D90"/>
     <w:rsid w:val="006A684C"/>
     <w:rsid w:val="006B1EEC"/>
     <w:rsid w:val="006C3836"/>
     <w:rsid w:val="006C6D4D"/>
     <w:rsid w:val="006D67AE"/>
     <w:rsid w:val="006D69F0"/>
     <w:rsid w:val="006E0530"/>
     <w:rsid w:val="006E6B56"/>
     <w:rsid w:val="006F6AC3"/>
     <w:rsid w:val="006F6FE2"/>
     <w:rsid w:val="007102BE"/>
     <w:rsid w:val="007111AD"/>
     <w:rsid w:val="007245F1"/>
     <w:rsid w:val="00735407"/>
     <w:rsid w:val="007408E8"/>
     <w:rsid w:val="00752DCD"/>
     <w:rsid w:val="007550E7"/>
+    <w:rsid w:val="00757893"/>
     <w:rsid w:val="007630A6"/>
     <w:rsid w:val="00781892"/>
     <w:rsid w:val="00782B16"/>
     <w:rsid w:val="00791E3A"/>
     <w:rsid w:val="0079711A"/>
     <w:rsid w:val="007A52CC"/>
     <w:rsid w:val="007B54D9"/>
     <w:rsid w:val="007B6830"/>
     <w:rsid w:val="007B7141"/>
     <w:rsid w:val="007C2A75"/>
+    <w:rsid w:val="007C5B96"/>
     <w:rsid w:val="007D3C5A"/>
     <w:rsid w:val="007E2C43"/>
     <w:rsid w:val="007F24F7"/>
     <w:rsid w:val="007F3E93"/>
     <w:rsid w:val="007F4737"/>
+    <w:rsid w:val="00805E3D"/>
     <w:rsid w:val="0081461D"/>
     <w:rsid w:val="008506F2"/>
     <w:rsid w:val="008706F1"/>
     <w:rsid w:val="00882CBB"/>
     <w:rsid w:val="008947E6"/>
     <w:rsid w:val="008A1AE4"/>
+    <w:rsid w:val="008B398F"/>
     <w:rsid w:val="008B43B9"/>
     <w:rsid w:val="008B7727"/>
     <w:rsid w:val="008D61E9"/>
     <w:rsid w:val="008E19EA"/>
     <w:rsid w:val="008E6C91"/>
     <w:rsid w:val="008F0642"/>
     <w:rsid w:val="008F2EC9"/>
     <w:rsid w:val="008F6552"/>
     <w:rsid w:val="00900888"/>
     <w:rsid w:val="00934522"/>
     <w:rsid w:val="009360FB"/>
     <w:rsid w:val="0096484F"/>
     <w:rsid w:val="00971A1C"/>
     <w:rsid w:val="009731B0"/>
     <w:rsid w:val="00981CF2"/>
     <w:rsid w:val="0098742B"/>
     <w:rsid w:val="0099566F"/>
+    <w:rsid w:val="009A072B"/>
     <w:rsid w:val="009A4D9E"/>
     <w:rsid w:val="009B5E32"/>
     <w:rsid w:val="009C051A"/>
+    <w:rsid w:val="009C0AE5"/>
     <w:rsid w:val="009D700F"/>
     <w:rsid w:val="009E7F3D"/>
     <w:rsid w:val="009F27C3"/>
     <w:rsid w:val="009F783B"/>
+    <w:rsid w:val="00A055A5"/>
     <w:rsid w:val="00A05BD9"/>
     <w:rsid w:val="00A510BD"/>
     <w:rsid w:val="00A667F6"/>
     <w:rsid w:val="00A76F82"/>
     <w:rsid w:val="00A86C0D"/>
     <w:rsid w:val="00AA3A3A"/>
     <w:rsid w:val="00AA5D84"/>
     <w:rsid w:val="00AC15CB"/>
     <w:rsid w:val="00AC20C1"/>
     <w:rsid w:val="00AD20FE"/>
     <w:rsid w:val="00AE676A"/>
     <w:rsid w:val="00AE7622"/>
     <w:rsid w:val="00B107BE"/>
     <w:rsid w:val="00B20ABB"/>
     <w:rsid w:val="00B35746"/>
+    <w:rsid w:val="00B37FF6"/>
     <w:rsid w:val="00B42A35"/>
     <w:rsid w:val="00B57307"/>
     <w:rsid w:val="00B61FAD"/>
     <w:rsid w:val="00B93141"/>
     <w:rsid w:val="00B95B28"/>
     <w:rsid w:val="00B97961"/>
     <w:rsid w:val="00BA13E6"/>
+    <w:rsid w:val="00BA15FB"/>
     <w:rsid w:val="00BB04A0"/>
     <w:rsid w:val="00BE1A90"/>
     <w:rsid w:val="00BF3509"/>
     <w:rsid w:val="00C141BA"/>
     <w:rsid w:val="00C16204"/>
     <w:rsid w:val="00C45120"/>
     <w:rsid w:val="00C5065E"/>
     <w:rsid w:val="00C52DE5"/>
     <w:rsid w:val="00C55B50"/>
     <w:rsid w:val="00C60619"/>
     <w:rsid w:val="00C61BFE"/>
     <w:rsid w:val="00C7091C"/>
     <w:rsid w:val="00C8776E"/>
     <w:rsid w:val="00C9467E"/>
     <w:rsid w:val="00C97173"/>
     <w:rsid w:val="00CA45A3"/>
     <w:rsid w:val="00CB40DA"/>
     <w:rsid w:val="00CC0800"/>
     <w:rsid w:val="00CC6E07"/>
     <w:rsid w:val="00CD75B3"/>
     <w:rsid w:val="00CE35E2"/>
     <w:rsid w:val="00CF7906"/>
     <w:rsid w:val="00D02688"/>
     <w:rsid w:val="00D02BD7"/>
     <w:rsid w:val="00D1280F"/>
@@ -8856,85 +8825,86 @@
     <w:rsid w:val="00DE1D3B"/>
     <w:rsid w:val="00DF3A57"/>
     <w:rsid w:val="00DF77EC"/>
     <w:rsid w:val="00E27281"/>
     <w:rsid w:val="00E32B4E"/>
     <w:rsid w:val="00E33601"/>
     <w:rsid w:val="00E33E23"/>
     <w:rsid w:val="00E36F17"/>
     <w:rsid w:val="00E426D6"/>
     <w:rsid w:val="00E43C16"/>
     <w:rsid w:val="00E606A7"/>
     <w:rsid w:val="00E8532F"/>
     <w:rsid w:val="00E857A3"/>
     <w:rsid w:val="00E915AC"/>
     <w:rsid w:val="00EC6AA4"/>
     <w:rsid w:val="00EE657C"/>
     <w:rsid w:val="00EF3101"/>
     <w:rsid w:val="00EF3745"/>
     <w:rsid w:val="00F24359"/>
     <w:rsid w:val="00F26082"/>
     <w:rsid w:val="00F336DF"/>
     <w:rsid w:val="00F33FE2"/>
     <w:rsid w:val="00F451E9"/>
     <w:rsid w:val="00F47FDE"/>
     <w:rsid w:val="00F5626A"/>
+    <w:rsid w:val="00F6112A"/>
     <w:rsid w:val="00F7371E"/>
     <w:rsid w:val="00F92C7A"/>
     <w:rsid w:val="00FC494A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:bidi="he-IL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4D0EF75F"/>
   <w15:docId w15:val="{642BB23E-E95F-4972-B63E-61430CB2BF35}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -14374,776 +14344,770 @@
     <w:link w:val="SubtitelChar"/>
     <w:qFormat/>
     <w:rsid w:val="00380EC6"/>
     <w:rPr>
       <w:color w:val="71D2C1" w:themeColor="background1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitelChar">
     <w:name w:val="Subtitel Char"/>
     <w:basedOn w:val="STANDAARDboldChar"/>
     <w:link w:val="Subtitel"/>
     <w:rsid w:val="00380EC6"/>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:hAnsi="Avenir Next LT Pro"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="71D2C1" w:themeColor="background1"/>
       <w:sz w:val="18"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\gruss\OneDrive\Documents\05_Work\01_Customers\03-OCBS\Opdracht%20BENOR\Opdracht%20OCBS%20to%20Procertus\PROCERTUS%20Templates-Conventions\PROCERTUS-Document%20Template_NL.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AAE5ACB68E7041A6B572C7B3E954C57B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F9D35C4B-2AA5-4527-8212-4B48CD54BC16}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006F626C" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006F626C" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="AAE5ACB68E7041A6B572C7B3E954C57B4"/>
+            <w:pStyle w:val="AAE5ACB68E7041A6B572C7B3E954C57B"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="006410BC">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="07B57C622F2548728F403D90581BE2B5"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C3C26D7-BE11-46D8-BDBE-1964EBCD1813}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006F626C" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006F626C" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="07B57C622F2548728F403D90581BE2B53"/>
+            <w:pStyle w:val="07B57C622F2548728F403D90581BE2B5"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AA368AD5BBD640F9821AB6336CFB7A07"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5E419BDA-0ECB-472B-B29A-CC0357293458}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006A5385" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006A5385" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="AA368AD5BBD640F9821AB6336CFB7A073"/>
+            <w:pStyle w:val="AA368AD5BBD640F9821AB6336CFB7A07"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D0F4E7141C85414A8BC92E89F100B1BE"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5EF2A273-4CAA-44A6-BB56-EBD2BF796B46}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006A5385" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006A5385" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="D0F4E7141C85414A8BC92E89F100B1BE3"/>
+            <w:pStyle w:val="D0F4E7141C85414A8BC92E89F100B1BE"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5FFD9E3856FF452791B267AA97B21C13"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EE44B731-A22F-4A4A-928D-A21790A86020}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006A5385" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006A5385" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="5FFD9E3856FF452791B267AA97B21C133"/>
+            <w:pStyle w:val="5FFD9E3856FF452791B267AA97B21C13"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5929711D04AE4DD5AB29CA6E2648D72C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{68EB93B1-628F-4F20-A945-4E37232B3572}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006A5385" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006A5385" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="5929711D04AE4DD5AB29CA6E2648D72C4"/>
+            <w:pStyle w:val="5929711D04AE4DD5AB29CA6E2648D72C"/>
           </w:pPr>
           <w:r w:rsidRPr="004A67AF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Name</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="823302EE2D8C4DB48818E1D8D97D0F39"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D23E216F-C7AF-45B3-9F31-F7022D011A8B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006A5385" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006A5385" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="823302EE2D8C4DB48818E1D8D97D0F394"/>
+            <w:pStyle w:val="823302EE2D8C4DB48818E1D8D97D0F39"/>
           </w:pPr>
           <w:r w:rsidRPr="004A67AF">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Function</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5FE810118D4F4406B51A5918BE284D98"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{ED1A5B27-9177-4A9E-B24F-66DBEAD37720}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="006A5385" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="006A5385" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="5FE810118D4F4406B51A5918BE284D984"/>
+            <w:pStyle w:val="5FE810118D4F4406B51A5918BE284D98"/>
           </w:pPr>
-          <w:r w:rsidRPr="004A67AF">
+          <w:r w:rsidRPr="000F6768">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap to enter a date.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D33A2A0E208A4B6A809FCC7AB075E3E1"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{DE4B3930-962E-4557-98AF-47BE99D23470}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F565D1" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="00F565D1" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="D33A2A0E208A4B6A809FCC7AB075E3E12"/>
+            <w:pStyle w:val="D33A2A0E208A4B6A809FCC7AB075E3E1"/>
           </w:pPr>
-          <w:r w:rsidRPr="0047459E">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">                                                                                                                                  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="2DE2CEACD10F4071A141E8AA38CCB50C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E4A0D0AD-17A8-41FC-80F3-FC24DFECB28B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F565D1" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="00F565D1" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="2DE2CEACD10F4071A141E8AA38CCB50C4"/>
+            <w:pStyle w:val="2DE2CEACD10F4071A141E8AA38CCB50C"/>
           </w:pPr>
-          <w:r w:rsidRPr="004A67AF">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
-            <w:t xml:space="preserve">                               </w:t>
-[...23 lines deleted...]
-            <w:t xml:space="preserve">             </w:t>
+            <w:t xml:space="preserve">                                                                                                                                  </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F73D15FCE81344DD9A92643F4E4C3840"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{0C17AE63-B6BE-4CEB-AB36-C55CB0C16A92}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F565D1" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="00F565D1" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="F73D15FCE81344DD9A92643F4E4C38404"/>
+            <w:pStyle w:val="F73D15FCE81344DD9A92643F4E4C3840"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="4E3841A0B7C04FBBAF6AB165AAF9C9B3"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F970AA9D-BD3A-4914-8DD4-07716AB32BCB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F565D1" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="00F565D1" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="4E3841A0B7C04FBBAF6AB165AAF9C9B32"/>
+            <w:pStyle w:val="4E3841A0B7C04FBBAF6AB165AAF9C9B3"/>
           </w:pPr>
-          <w:r w:rsidRPr="0047459E">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="123A7E39309946A1A0C43314A00A4D73"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C4E341CD-82D9-4DF8-9A54-F7CEF2887BB2}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00F565D1" w:rsidRDefault="006A5385" w:rsidP="006A5385">
+        <w:p w:rsidR="00F565D1" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="123A7E39309946A1A0C43314A00A4D732"/>
+            <w:pStyle w:val="123A7E39309946A1A0C43314A00A4D73"/>
           </w:pPr>
-          <w:r w:rsidRPr="0047459E">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="75330906C5744D3EA896FD5AD2088F8C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{93522AB2-AA5F-4904-B9B7-555FD6B8ACB6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="75330906C5744D3EA896FD5AD2088F8C"/>
+            <w:pStyle w:val="75330906C5744D3EA896FD5AD2088F8C1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="78DD830B2B4B429784475E54319C344B"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E6246D89-8745-490D-BC86-171865E69BE6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="78DD830B2B4B429784475E54319C344B"/>
+            <w:pStyle w:val="78DD830B2B4B429784475E54319C344B1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="EBA30B37F97B4B9C8FE4DB15ED2AFFA0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{96F666E8-59EA-4814-9830-82EFA2510EBC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="EBA30B37F97B4B9C8FE4DB15ED2AFFA0"/>
+            <w:pStyle w:val="EBA30B37F97B4B9C8FE4DB15ED2AFFA01"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="26071876507044BFB1FE3CAB20997773"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{230CF323-D5DB-4505-BD89-5E6821E1BF73}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="26071876507044BFB1FE3CAB20997773"/>
+            <w:pStyle w:val="26071876507044BFB1FE3CAB209977731"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8B1D0C4616E448EDB404233DC366D1FA"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{053E1B30-7A80-439D-BC7B-83FB5A165AD5}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="8B1D0C4616E448EDB404233DC366D1FA"/>
+            <w:pStyle w:val="8B1D0C4616E448EDB404233DC366D1FA1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="B71011F29EE748AA8D6F3871667E79E0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F734529A-3478-4640-AA76-C136CF1A854D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="B71011F29EE748AA8D6F3871667E79E0"/>
+            <w:pStyle w:val="B71011F29EE748AA8D6F3871667E79E01"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7168AC24BF14472DAAA735AF2774BA79"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5F9F422B-B50B-4637-815D-78C8CB9B7A6B}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="7168AC24BF14472DAAA735AF2774BA79"/>
+            <w:pStyle w:val="7168AC24BF14472DAAA735AF2774BA791"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FB57CA83064C4139B5F00A9571C50904"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{96391603-5AAB-4CC1-8DB0-823E87A3A966}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="003836FC" w:rsidP="003836FC">
+        <w:p w:rsidR="008364DF" w:rsidRDefault="00E84035" w:rsidP="00E84035">
           <w:pPr>
-            <w:pStyle w:val="FB57CA83064C4139B5F00A9571C50904"/>
+            <w:pStyle w:val="FB57CA83064C4139B5F00A9571C509041"/>
           </w:pPr>
-          <w:r w:rsidRPr="00E426D6">
+          <w:r w:rsidRPr="000F3D11">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
+              <w:color w:val="auto"/>
             </w:rPr>
             <w:t xml:space="preserve">             </w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next LT Pro">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800000EF" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
+    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:notTrueType/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -15166,107 +15130,116 @@
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:revisionView w:formatting="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C66B5"/>
     <w:rsid w:val="00020468"/>
     <w:rsid w:val="00132F95"/>
+    <w:rsid w:val="00173DE5"/>
     <w:rsid w:val="00193335"/>
     <w:rsid w:val="00204A4F"/>
     <w:rsid w:val="00334334"/>
     <w:rsid w:val="003836FC"/>
+    <w:rsid w:val="004372B5"/>
+    <w:rsid w:val="00483FE4"/>
+    <w:rsid w:val="005B2FDA"/>
     <w:rsid w:val="006A5385"/>
     <w:rsid w:val="006C66B5"/>
     <w:rsid w:val="006F626C"/>
+    <w:rsid w:val="00757893"/>
     <w:rsid w:val="00763913"/>
+    <w:rsid w:val="008364DF"/>
     <w:rsid w:val="00A1046C"/>
     <w:rsid w:val="00A93E13"/>
+    <w:rsid w:val="00B37FF6"/>
     <w:rsid w:val="00D40B8B"/>
+    <w:rsid w:val="00E53F85"/>
+    <w:rsid w:val="00E84035"/>
     <w:rsid w:val="00F123E4"/>
     <w:rsid w:val="00F565D1"/>
     <w:rsid w:val="00FD7E65"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15654,51 +15627,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="003836FC"/>
+    <w:rsid w:val="00E84035"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAE5ACB68E7041A6B572C7B3E954C57B4">
     <w:name w:val="AAE5ACB68E7041A6B572C7B3E954C57B4"/>
     <w:rsid w:val="006A5385"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="07B57C622F2548728F403D90581BE2B53">
     <w:name w:val="07B57C622F2548728F403D90581BE2B53"/>
     <w:rsid w:val="006A5385"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
@@ -15719,97 +15692,52 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0F4E7141C85414A8BC92E89F100B1BE3">
     <w:name w:val="D0F4E7141C85414A8BC92E89F100B1BE3"/>
     <w:rsid w:val="006A5385"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10AACC50B03546928B80BF3CB8E622D83">
-[...28 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FFD9E3856FF452791B267AA97B21C133">
     <w:name w:val="5FFD9E3856FF452791B267AA97B21C133"/>
-    <w:rsid w:val="006A5385"/>
-[...13 lines deleted...]
-    <w:name w:val="A3C1D328F8654933B4447F3DF511D1503"/>
     <w:rsid w:val="006A5385"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D33A2A0E208A4B6A809FCC7AB075E3E12">
     <w:name w:val="D33A2A0E208A4B6A809FCC7AB075E3E12"/>
     <w:rsid w:val="006A5385"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
@@ -15903,115 +15831,402 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="823302EE2D8C4DB48818E1D8D97D0F394">
     <w:name w:val="823302EE2D8C4DB48818E1D8D97D0F394"/>
     <w:rsid w:val="006A5385"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
       <w:color w:val="076293"/>
       <w:kern w:val="0"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="71D26DEB2F0846E0A8DA8928115CDBFA">
-[...2 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="75330906C5744D3EA896FD5AD2088F8C">
     <w:name w:val="75330906C5744D3EA896FD5AD2088F8C"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="78DD830B2B4B429784475E54319C344B">
     <w:name w:val="78DD830B2B4B429784475E54319C344B"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD2A6996273B4BEF871A545C60D236BF">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBA30B37F97B4B9C8FE4DB15ED2AFFA0">
     <w:name w:val="EBA30B37F97B4B9C8FE4DB15ED2AFFA0"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26071876507044BFB1FE3CAB20997773">
     <w:name w:val="26071876507044BFB1FE3CAB20997773"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FC5C999B5D6C48A8B9BDE98E1AC276DE">
-[...10 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B1D0C4616E448EDB404233DC366D1FA">
     <w:name w:val="8B1D0C4616E448EDB404233DC366D1FA"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B71011F29EE748AA8D6F3871667E79E0">
     <w:name w:val="B71011F29EE748AA8D6F3871667E79E0"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7168AC24BF14472DAAA735AF2774BA79">
     <w:name w:val="7168AC24BF14472DAAA735AF2774BA79"/>
     <w:rsid w:val="003836FC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB57CA83064C4139B5F00A9571C50904">
     <w:name w:val="FB57CA83064C4139B5F00A9571C50904"/>
     <w:rsid w:val="003836FC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AAE5ACB68E7041A6B572C7B3E954C57B">
+    <w:name w:val="AAE5ACB68E7041A6B572C7B3E954C57B"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="07B57C622F2548728F403D90581BE2B5">
+    <w:name w:val="07B57C622F2548728F403D90581BE2B5"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AA368AD5BBD640F9821AB6336CFB7A07">
+    <w:name w:val="AA368AD5BBD640F9821AB6336CFB7A07"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D0F4E7141C85414A8BC92E89F100B1BE">
+    <w:name w:val="D0F4E7141C85414A8BC92E89F100B1BE"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FFD9E3856FF452791B267AA97B21C13">
+    <w:name w:val="5FFD9E3856FF452791B267AA97B21C13"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B1D0C4616E448EDB404233DC366D1FA1">
+    <w:name w:val="8B1D0C4616E448EDB404233DC366D1FA1"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B71011F29EE748AA8D6F3871667E79E01">
+    <w:name w:val="B71011F29EE748AA8D6F3871667E79E01"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7168AC24BF14472DAAA735AF2774BA791">
+    <w:name w:val="7168AC24BF14472DAAA735AF2774BA791"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EBA30B37F97B4B9C8FE4DB15ED2AFFA01">
+    <w:name w:val="EBA30B37F97B4B9C8FE4DB15ED2AFFA01"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26071876507044BFB1FE3CAB209977731">
+    <w:name w:val="26071876507044BFB1FE3CAB209977731"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="75330906C5744D3EA896FD5AD2088F8C1">
+    <w:name w:val="75330906C5744D3EA896FD5AD2088F8C1"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB57CA83064C4139B5F00A9571C509041">
+    <w:name w:val="FB57CA83064C4139B5F00A9571C509041"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="78DD830B2B4B429784475E54319C344B1">
+    <w:name w:val="78DD830B2B4B429784475E54319C344B1"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D33A2A0E208A4B6A809FCC7AB075E3E1">
+    <w:name w:val="D33A2A0E208A4B6A809FCC7AB075E3E1"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E3841A0B7C04FBBAF6AB165AAF9C9B3">
+    <w:name w:val="4E3841A0B7C04FBBAF6AB165AAF9C9B3"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2DE2CEACD10F4071A141E8AA38CCB50C">
+    <w:name w:val="2DE2CEACD10F4071A141E8AA38CCB50C"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="123A7E39309946A1A0C43314A00A4D73">
+    <w:name w:val="123A7E39309946A1A0C43314A00A4D73"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F73D15FCE81344DD9A92643F4E4C3840">
+    <w:name w:val="F73D15FCE81344DD9A92643F4E4C3840"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5FE810118D4F4406B51A5918BE284D98">
+    <w:name w:val="5FE810118D4F4406B51A5918BE284D98"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5929711D04AE4DD5AB29CA6E2648D72C">
+    <w:name w:val="5929711D04AE4DD5AB29CA6E2648D72C"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="823302EE2D8C4DB48818E1D8D97D0F39">
+    <w:name w:val="823302EE2D8C4DB48818E1D8D97D0F39"/>
+    <w:rsid w:val="00E84035"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Avenir Next LT Pro" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next LT Pro" w:cs="Times New Roman"/>
+      <w:color w:val="076293"/>
+      <w:kern w:val="0"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="20"/>
+      <w14:ligatures w14:val="none"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Custom 1">
       <a:dk1>
         <a:srgbClr val="076293"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="71D2C1"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="FF0000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FF0000"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="FF0000"/>
       </a:accent1>
       <a:accent2>
@@ -16273,65 +16488,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...13 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="00148130-9622-4149-9f38-281eb46daef0" xmlns:ns3="27ce0a47-d47b-4f7d-972e-253aa22b71ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="0e00800b9b0dc3d0b4e43645dfd977be" ns1:_="" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010047E7C4E7E6BE7543ABEFB1AF312FDBB0" ma:contentTypeVersion="12" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="9104e9d4b355a11909dd3fbd756e7aa5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="00148130-9622-4149-9f38-281eb46daef0" xmlns:ns3="27ce0a47-d47b-4f7d-972e-253aa22b71ca" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="664e93feb8016520b7b29542fffe9cab" ns1:_="" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="00148130-9622-4149-9f38-281eb46daef0"/>
     <xsd:import namespace="27ce0a47-d47b-4f7d-972e-253aa22b71ca"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Documentdate" minOccurs="0"/>
                 <xsd:element ref="ns2:Typedocument" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:Statut" minOccurs="0"/>
                 <xsd:element ref="ns2:Comment" minOccurs="0"/>
                 <xsd:element ref="ns1:Language" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -16563,116 +16765,129 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
-    <Documentdate xmlns="00148130-9622-4149-9f38-281eb46daef0">2024-05-02T22:00:00+00:00</Documentdate>
+    <Documentdate xmlns="00148130-9622-4149-9f38-281eb46daef0">2024-10-12T22:00:00+00:00</Documentdate>
     <Typedocument xmlns="00148130-9622-4149-9f38-281eb46daef0">Certification request</Typedocument>
     <Comment xmlns="00148130-9622-4149-9f38-281eb46daef0" xsi:nil="true"/>
     <Statut xmlns="00148130-9622-4149-9f38-281eb46daef0" xsi:nil="true"/>
     <Language xmlns="http://schemas.microsoft.com/sharepoint/v3">Engels</Language>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5348EFCE-B9F0-47D1-A657-945ADD87DFFF}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0AB9D2C-A730-4ECE-9A13-CF53B2293F75}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="00148130-9622-4149-9f38-281eb46daef0"/>
     <ds:schemaRef ds:uri="27ce0a47-d47b-4f7d-972e-253aa22b71ca"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8E0AAC15-2F58-4CE4-99BC-5711C40FA385}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="00148130-9622-4149-9f38-281eb46daef0"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7A6EE832-82E8-44B0-8505-741A17755E9E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CB1CB061-6DAF-44EB-AFB0-A8615BDEA432}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PROCERTUS-Document Template_NL.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>215</Words>
-  <Characters>1230</Characters>
+  <Words>222</Words>
+  <Characters>1223</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>10</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>AGREEMENT</vt:lpstr>
       <vt:lpstr>Product family</vt:lpstr>
@@ -16709,51 +16924,51 @@
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:ocab@ocab-ocbs.com</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>AGREEMENT</dc:title>
   <dc:subject>Report Template PROCERTUS</dc:subject>
-  <dc:creator>Sammy Gruss, Advanced Excellence Strategies</dc:creator>
+  <dc:creator/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Revision">
     <vt:i4>14</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Code">
     <vt:i4>230</vt:i4>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Approval date">
     <vt:lpwstr>01.04.2024</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Publication month">
     <vt:lpwstr>2024/04</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ContentTypeId">
     <vt:lpwstr>0x01010047E7C4E7E6BE7543ABEFB1AF312FDBB0</vt:lpwstr>
   </property>